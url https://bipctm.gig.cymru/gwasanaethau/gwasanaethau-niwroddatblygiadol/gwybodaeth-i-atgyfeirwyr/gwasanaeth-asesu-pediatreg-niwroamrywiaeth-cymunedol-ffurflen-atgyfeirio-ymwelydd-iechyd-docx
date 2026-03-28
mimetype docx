--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -20,52 +20,50 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="6FCDBE13" w14:textId="59FDB11D" w:rsidR="001928C9" w:rsidRDefault="009C3F9F" w:rsidP="009C3F9F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BFD2430" wp14:editId="68F1B358">
             <wp:extent cx="2324100" cy="619760"/>
             <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
@@ -96,73 +94,117 @@
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B13C8B8" w14:textId="074CF19D" w:rsidR="00A44599" w:rsidRPr="001A3D67" w:rsidRDefault="00326E6B" w:rsidP="00A44599">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Gwasanaeth Asesu Pediatreg/Niwroamrywiaeth Cymunedol</w:t>
+        <w:t>Gwasanaeth Asesu Pediatreg/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Niwroamrywiaeth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cymunedol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21E27C20" w14:textId="783DDC76" w:rsidR="00A44599" w:rsidRPr="001A3D67" w:rsidRDefault="00326E6B" w:rsidP="00A44599">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Ffurflen Atgyfeirio Ymwelydd Iechyd</w:t>
+        <w:t xml:space="preserve">Ffurflen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Atgyfeirio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ymwelydd Iechyd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7C59A6" w14:textId="4C881955" w:rsidR="00A44599" w:rsidRDefault="00A44599"/>
     <w:p w14:paraId="343413FB" w14:textId="1673BD2B" w:rsidR="00DB020E" w:rsidRPr="001F35C7" w:rsidRDefault="00DB020E" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Nodiadau ar gyfer Ymwelwyr Iechyd:</w:t>
       </w:r>
     </w:p>
@@ -306,51 +348,71 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A6AA7E2" w14:textId="05662D36" w:rsidR="00594961" w:rsidRDefault="00594961" w:rsidP="00594961">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Dylid atgyfeirio unrhyw ddirywiad yn sgiliau echddygol plentyn at Bediatreg acíwt yn uniongyrchol neu drwy feddyg teulu'r plentyn ar frys.</w:t>
+        <w:t xml:space="preserve">Dylid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>atgyfeirio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unrhyw ddirywiad yn sgiliau echddygol plentyn at Bediatreg acíwt yn uniongyrchol neu drwy feddyg teulu'r plentyn ar frys.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE1200C" w14:textId="46974560" w:rsidR="00926843" w:rsidRDefault="00926843" w:rsidP="00926843">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="344D459F" w14:textId="2AC535D2" w:rsidR="00926843" w:rsidRPr="00594961" w:rsidRDefault="00926843" w:rsidP="00926843">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -457,61 +519,147 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="19D60E11" w14:textId="3FFF26A5" w:rsidR="00820388" w:rsidRDefault="00820388" w:rsidP="003D6483">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Pryderon ymddygiadol mewn unigedd (gall teuluoedd gael mynediad at gymorth rhianta drwy Ganolfannau Cymorth Cynnar Merthyr/Pen-y-bont ar Ogwr, neu</w:t>
+        <w:t xml:space="preserve">Pryderon ymddygiadol mewn unigedd (gall teuluoedd gael mynediad at gymorth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>rhianta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> drwy Ganolfannau Cymorth Cynnar Merthyr/Pen-y-bont ar Ogwr, neu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ‘RCT’s Resilient Families’</w:t>
+        <w:t xml:space="preserve"> ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>RCT’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Resilient</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Families</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="029986F4" w14:textId="4F88ADB9" w:rsidR="0057601E" w:rsidRDefault="0057601E" w:rsidP="003D6483">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -620,105 +768,193 @@
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Lle mae pryderon ynghylch awtistiaeth a/neu ADHD ar gyfer plant sydd eisoes yn y dosbarth Derbyn, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>bydd angen i'w hysgol eu hatgyfeirio</w:t>
-      </w:r>
+        <w:t xml:space="preserve">bydd angen i'w hysgol eu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>hatgyfeirio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Byddwn yn derbyn atgyfeiriadau gan Ymwelwyr Iechyd ar gyfer plant sy'n mynychu dosbarthiadau meithrin sydd ynghlwm wrth ysgol dim ond os yw'r ysgol wedi darparu digon o wybodaeth i gefnogi hyn.  Yn ddelfrydol, staff yr ysgol fydd yn gwneud atgyfeiriadau ar gyfer plant oedran meithrin mewn ysgolion – gweler yr adran ar atgyfeiriadau oedran ysgol ar ein tudalen wefan: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00926843" w:rsidRPr="00926843">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:lang w:bidi="cy-GB"/>
           </w:rPr>
-          <w:t>Information for referrers - Cwm Taf Morgannwg University Health Board</w:t>
+          <w:t xml:space="preserve">Information for </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00926843" w:rsidRPr="00926843">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+            <w:lang w:bidi="cy-GB"/>
+          </w:rPr>
+          <w:t>referrers</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00926843" w:rsidRPr="00926843">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+            <w:lang w:bidi="cy-GB"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> - Cwm Taf Morgannwg </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00926843" w:rsidRPr="00926843">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+            <w:lang w:bidi="cy-GB"/>
+          </w:rPr>
+          <w:t>University</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00926843" w:rsidRPr="00926843">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+            <w:lang w:bidi="cy-GB"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Health Board</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7C2485A1" w14:textId="77777777" w:rsidR="003F67C3" w:rsidRDefault="003F67C3" w:rsidP="003F67C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="363628E1" w14:textId="58093B10" w:rsidR="00F92096" w:rsidRDefault="00C414BA" w:rsidP="002B7995">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Noder bod gennym restr aros ar y cyd ar draws BIPCTM cyfan ar gyfer pob plentyn a pherson ifanc sy'n aros am apwyntiad gyda Phediatregydd Cymunedol neu yn y Gwasanaeth Niwrodatblygiadol (ND).  Bydd unrhyw lythyrau y mae'r teulu'n eu derbyn yn egluro hyn</w:t>
+        <w:t xml:space="preserve">Noder bod gennym restr aros ar y cyd ar draws BIPCTM cyfan ar gyfer pob plentyn a pherson ifanc sy'n aros am apwyntiad gyda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Phediatregydd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cymunedol neu yn y Gwasanaeth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Niwrodatblygiadol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ND).  Bydd unrhyw lythyrau y mae'r teulu'n eu derbyn yn egluro hyn</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60D36D5F" w14:textId="77777777" w:rsidR="003F67C3" w:rsidRPr="003F67C3" w:rsidRDefault="003F67C3" w:rsidP="003F67C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20C92D16" w14:textId="3615FF0F" w:rsidR="003F67C3" w:rsidRDefault="003F67C3" w:rsidP="002B7995">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -727,61 +963,101 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Bydd y Gwasanaeth Pediatrig/ND Cymunedol yn canolbwyntio'n bennaf ar asesu a diagnosis posibl, felly'r flaenoriaeth bob amser ddylai fod </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>ceisio/cyfeirio at gyngor/mewnbwn gan wasanaethau cymorth/therapiwtig</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> yn ôl yr angen (e.e. panel Blynyddoedd Cynnar yr ALl, Llwybrau Integredig Iaith/Cyfathrebu Cymdeithasol Cynnar, Hwb Cymorth Cynnar/Teuluoedd Gwydn, Hwb Cymorth </w:t>
+        <w:t xml:space="preserve"> yn ôl yr angen (e.e. panel Blynyddoedd Cynnar yr </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>ALl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Llwybrau Integredig Iaith/Cyfathrebu Cymdeithasol Cynnar, Hwb Cymorth Cynnar/Teuluoedd Gwydn, Hwb Cymorth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Ymddygiad, Chwarae Gwell, Awdioleg, Therapi Iaith a Lleferydd, Therapi Galwedigaethol, Ffisiotherapi).  Dylid rhoi gwybod i deuluoedd </w:t>
+        <w:t xml:space="preserve">Ymddygiad, Chwarae Gwell, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Awdioleg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Therapi Iaith a Lleferydd, Therapi Galwedigaethol, Ffisiotherapi).  Dylid rhoi gwybod i deuluoedd </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>nad oes angen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> diagnosis ffurfiol i geisio unrhyw gymorth gan Iechyd, Addysg, Gofal Cymdeithasol na sefydliadau cymunedol/trydydd sector sydd ar gael i bawb, ac yn seiliedig ar anghenion unigol.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30FFA72B" w14:textId="77777777" w:rsidR="00372A24" w:rsidRPr="00372A24" w:rsidRDefault="00372A24" w:rsidP="00372A24">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
@@ -821,116 +1097,176 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:bidi="cy-GB"/>
           </w:rPr>
           <w:t>Pediatreg Cwm Taf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> a/neu </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00356BCE" w:rsidRPr="00356BCE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:bidi="cy-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve">Cwm Taf Niwroddatblygiadol </w:t>
+          <w:t xml:space="preserve">Cwm Taf </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00356BCE" w:rsidRPr="00356BCE">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:bidi="cy-GB"/>
+          </w:rPr>
+          <w:t>Niwroddatblygiadol</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00356BCE" w:rsidRPr="00356BCE">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:bidi="cy-GB"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> a byddwn ar frig y rhestr ar y chwiliad rhyngrwyd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A190B44" w14:textId="77777777" w:rsidR="00540B13" w:rsidRPr="00540B13" w:rsidRDefault="00540B13" w:rsidP="00540B13">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="389DFCAA" w14:textId="393DDEEC" w:rsidR="001F35C7" w:rsidRDefault="00540B13" w:rsidP="00F5470E">
+    <w:p w14:paraId="389DFCAA" w14:textId="1A613C65" w:rsidR="001F35C7" w:rsidRDefault="00540B13" w:rsidP="00F5470E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Cwblhewch y ffurflen hon fel dogfen Word a'i hanfon atom dros e-bost ar </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00830F7E" w:rsidRPr="004C114F">
+        <w:r w:rsidR="00CD097F" w:rsidRPr="00750B27">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:bidi="cy-GB"/>
           </w:rPr>
-          <w:t>CTT.NDCommunityreferrals@wales.nhs.uk</w:t>
+          <w:t>CTM.NDCommunityreferrals@wales.nhs.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fel y gallwn gopïo a gludo'r wybodaeth yn syth i gofnod digidol y plentyn.  Ni fydd ffurflenni atgyfeirio a anfonir atom yn cael eu derbyn.  Gellir sganio unrhyw wybodaeth ategol, e.e. proffiliau SOGS, ffurflenni atgyfeirio panel Blynyddoedd Cynnar, adroddiadau Chwarae Gwell a/neu wybodaeth gan grwpiau chwarae/lleoliadau cyn-ysgol a'i hanfon atom drwy e-bost hefyd.</w:t>
+        <w:t xml:space="preserve"> fel y gallwn gopïo a gludo'r wybodaeth yn syth i gofnod digidol y plentyn.  Ni fydd ffurflenni </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>atgyfeirio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a anfonir atom yn cael eu derbyn.  Gellir sganio unrhyw wybodaeth ategol, e.e. proffiliau SOGS, ffurflenni </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>atgyfeirio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> panel Blynyddoedd Cynnar, adroddiadau Chwarae Gwell a/neu wybodaeth gan grwpiau chwarae/lleoliadau cyn-ysgol a'i hanfon atom drwy e-bost hefyd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32677A26" w14:textId="77777777" w:rsidR="00DF5764" w:rsidRPr="00DF5764" w:rsidRDefault="00DF5764" w:rsidP="00DF5764">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64ABEB1C" w14:textId="77777777" w:rsidR="00DF5764" w:rsidRPr="00DF5764" w:rsidRDefault="00DF5764" w:rsidP="00DF5764">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13877573" w14:textId="34E80FA0" w:rsidR="00E97DD2" w:rsidRPr="00DF5764" w:rsidRDefault="00411E37" w:rsidP="00DF5764">
       <w:pPr>
@@ -953,183 +1289,263 @@
         </w:rPr>
         <w:t>Beth sy'n digwydd nesaf?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4819708D" w14:textId="1B53B437" w:rsidR="00BC14B2" w:rsidRPr="001B2BEC" w:rsidRDefault="00DB020E" w:rsidP="001B2BEC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Ein nod yw penderfynu a yw’n briodol neu beidio rhoi’r plentyn neu berson ifanc ar ein rhestr aros o fewn 2 wythnos o gael yr atgyfeiriad.  Os byddwn yn penderfynu rhoi’r plentyn/person ifanc ar ein rhestr, byddwch chi, fel y sawl sy’n atgyfeirio, yn cael llythyr i gadarnhau hyn a bydd y rhiant/gofalwr hefyd yn cael eu llythyr eu hunain hefyd</w:t>
+        <w:t xml:space="preserve">Ein nod yw penderfynu a yw’n briodol neu beidio rhoi’r plentyn neu berson ifanc ar ein rhestr aros o fewn 2 wythnos o gael yr atgyfeiriad.  Os byddwn yn penderfynu rhoi’r plentyn/person ifanc ar ein rhestr, byddwch chi, fel y sawl sy’n </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F35C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>atgyfeirio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F35C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>, yn cael llythyr i gadarnhau hyn a bydd y rhiant/gofalwr hefyd yn cael eu llythyr eu hunain hefyd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44BE002C" w14:textId="77777777" w:rsidR="00BC14B2" w:rsidRPr="001F35C7" w:rsidRDefault="00BC14B2" w:rsidP="00F5470E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18AA51E1" w14:textId="54544266" w:rsidR="00BC14B2" w:rsidRDefault="00DB020E" w:rsidP="001B2BEC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Os nad ydym o’r farn bod angen asesiad ar hyn o bryd, byddwn yn ysgrifennu atoch chi, fel y sawl sy’n atgyfeirio, a chan anfon copi i’r rhiant/gofalwr hefyd, er mwyn egluro hyn ac yn nodi ein rhesymau ac fel arfer, unrhyw beth arall a allai fod yn briodol i chi ei wneud i ddechrau</w:t>
+        <w:t xml:space="preserve">Os nad ydym o’r farn bod angen asesiad ar hyn o bryd, byddwn yn ysgrifennu atoch chi, fel y sawl sy’n </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F35C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>atgyfeirio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F35C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>, a chan anfon copi i’r rhiant/gofalwr hefyd, er mwyn egluro hyn ac yn nodi ein rhesymau ac fel arfer, unrhyw beth arall a allai fod yn briodol i chi ei wneud i ddechrau</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CBEA58A" w14:textId="77777777" w:rsidR="003C3D3F" w:rsidRPr="003C3D3F" w:rsidRDefault="003C3D3F" w:rsidP="003C3D3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1631BA24" w14:textId="77777777" w:rsidR="003C3D3F" w:rsidRPr="001B2BEC" w:rsidRDefault="003C3D3F" w:rsidP="003C3D3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0065246D" w14:textId="6C94C01E" w:rsidR="009832E8" w:rsidRPr="00DF5764" w:rsidRDefault="00DB020E" w:rsidP="00F5470E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Os nad ydych chi, neu’r rhiant/gofalwr, wedi clywed gennym o fewn 6 wythnos o gyflwyno’r wybodaeth atgyfeirio, yna cysylltwch â ni</w:t>
+        <w:t xml:space="preserve">Os nad ydych chi, neu’r rhiant/gofalwr, wedi clywed gennym o fewn 6 wythnos o gyflwyno’r wybodaeth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F35C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>atgyfeirio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F35C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>, yna cysylltwch â ni</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF16929" w14:textId="77777777" w:rsidR="00096BB7" w:rsidRDefault="00096BB7" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0952A9C0" w14:textId="2884354F" w:rsidR="00ED4850" w:rsidRDefault="00CB1244" w:rsidP="00F5470E">
+    <w:p w14:paraId="0952A9C0" w14:textId="34B4217F" w:rsidR="00ED4850" w:rsidRDefault="00CB1244" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Cysylltwch â ni ar 01443 715300 neu drwy e-bostio </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00830F7E" w:rsidRPr="004C114F">
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidR="001E6FCE" w:rsidRPr="12F8F5B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:bidi="cy-GB"/>
           </w:rPr>
-          <w:t>CTT_ND_Service@wales.nhs.uk</w:t>
+          <w:t>CTM.NDCommunityreferrals@wales.nhs.uk</w:t>
         </w:r>
       </w:hyperlink>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> os oes gennych unrhyw ymholiadau am y ffurflen hon neu am ein proses atgyfeirio/asesu/diagnostig.</w:t>
+        <w:t xml:space="preserve"> os oes gennych unrhyw ymholiadau am y ffurflen hon neu am ein proses </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F35C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>atgyfeirio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F35C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>/asesu/diagnostig.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A14B5D1" w14:textId="77777777" w:rsidR="009832E8" w:rsidRPr="009832E8" w:rsidRDefault="009832E8" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14AA9027" w14:textId="68E5B564" w:rsidR="00CB1244" w:rsidRPr="00C05AF2" w:rsidRDefault="00CB1244" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -1362,50 +1778,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Cyfeiriad e-bost yr Ymwelydd Iechyd:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E940868" w14:textId="70CD6833" w:rsidR="00191926" w:rsidRDefault="00191926" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Rhif ffôn cyswllt yr Ymwelydd Iechyd:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="514E50D6" w14:textId="4B5DD1A5" w:rsidR="00191926" w:rsidRDefault="00191926" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Cyfeiriad swyddfa'r Ymwelydd Iechyd ar gyfer gohebiaeth drwy'r post:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="671D3B07" w14:textId="77777777" w:rsidR="00B534E9" w:rsidRDefault="00B534E9" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
@@ -1607,128 +2024,229 @@
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D84C097" w14:textId="495C148C" w:rsidR="00083113" w:rsidRDefault="00083113" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Rhowch unrhyw fanylion perthnasol ynghylch hanes meddygol y plentyn (e.e. hanes cynenedigol/geni/ôl-enedigol, unrhyw ddiagnosis meddygol sy'n bodoli eisoes):</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Rhowch unrhyw fanylion perthnasol ynghylch hanes meddygol y plentyn (e.e. hanes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>cynenedigol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>/geni/ôl-enedigol, unrhyw ddiagnosis meddygol sy'n bodoli eisoes):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D3238A" w14:textId="59D5B38B" w:rsidR="00954653" w:rsidRDefault="00926843" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Pwy sy'n byw gartref gyda'r plentyn?  Rhowch fanylion am oedrannau a pherthnasoedd:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4339FA46" w14:textId="77777777" w:rsidR="00926843" w:rsidRDefault="00926843" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0303AB3B" w14:textId="25FFC2B9" w:rsidR="00926843" w:rsidRDefault="00926843" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Pa fath o gefnogaeth teulu estynedig/cymunedol sydd ar gael i'r teulu?  Rhowch fanylion am unrhyw agweddau ar fregusrwydd/gwydnwch:</w:t>
+        <w:t xml:space="preserve">Pa fath o gefnogaeth teulu estynedig/cymunedol sydd ar gael i'r teulu?  Rhowch fanylion am unrhyw agweddau ar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>fregusrwydd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>/gwydnwch:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A283B8" w14:textId="77777777" w:rsidR="00926843" w:rsidRDefault="00926843" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="766FD183" w14:textId="3ECC95FB" w:rsidR="00954653" w:rsidRDefault="00954653" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Rhowch fanylion am unrhyw hanes teuluol sydd wedi'i ddiagnosio'n ffurfiol (neu heb ei ddiagnosio ond wedi'i adrodd), e.e. anabledd dysgu, niwroamrywiaeth, anawsterau iechyd meddwl, syndromau genetig:</w:t>
+        <w:t xml:space="preserve">Rhowch fanylion am unrhyw hanes teuluol sydd wedi'i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>ddiagnosio'n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ffurfiol (neu heb ei </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>ddiagnosio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ond wedi'i adrodd), e.e. anabledd dysgu, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>niwroamrywiaeth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>, anawsterau iechyd meddwl, syndromau genetig:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15BE7100" w14:textId="77777777" w:rsidR="00D57C8B" w:rsidRDefault="00D57C8B" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="156BF2E7" w14:textId="77777777" w:rsidR="0088139F" w:rsidRDefault="0088139F" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12E2C1AF" w14:textId="77777777" w:rsidR="0088139F" w:rsidRDefault="0088139F" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
@@ -1837,51 +2355,74 @@
           <w:u w:val="single"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>PROFFIL DATBLYGIADOL Y PLENTYN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="407BB70D" w14:textId="1CB1C4AA" w:rsidR="00E34243" w:rsidRDefault="00E34243" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335134">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Gwnewch yn siŵr eich bod yn anfon copïau o unrhyw asesiadau datblygiadol a gwblhawyd atom drwy e-bost, h.y. SOGS, WellComm, Cynlluniau Chwarae, gosod targedau, adroddiadau Chwarae Gwell, i gefnogi eich atgyfeiriad.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Gwnewch yn siŵr eich bod yn anfon copïau o unrhyw asesiadau datblygiadol a gwblhawyd atom drwy e-bost, h.y. SOGS, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00335134">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>WellComm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00335134">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>, Cynlluniau Chwarae, gosod targedau, adroddiadau Chwarae Gwell, i gefnogi eich atgyfeiriad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25339D99" w14:textId="2F4E8EB3" w:rsidR="00335134" w:rsidRDefault="00250C15" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Disgrifiwch ddatblygiad sgiliau echddygol y plentyn o'i gymharu â datblygiad ei gyfoedion (e.e. sgiliau echddygol manwl, sgiliau echddygol bras, cydlyniad, unrhyw atchweliad):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15CD5A1B" w14:textId="77777777" w:rsidR="00FB5384" w:rsidRDefault="00FB5384" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
@@ -1895,51 +2436,71 @@
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D8DBFAC" w14:textId="234E6957" w:rsidR="00FB5384" w:rsidRDefault="005757E6" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>A oes unrhyw bryderon ynghylch clyw'r plentyn?  A oes unrhyw fewnbwn wedi bod gan Awdioleg?</w:t>
+        <w:t xml:space="preserve">A oes unrhyw bryderon ynghylch clyw'r plentyn?  A oes unrhyw fewnbwn wedi bod gan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Awdioleg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EEB6F9D" w14:textId="77777777" w:rsidR="00B00A1B" w:rsidRDefault="00B00A1B" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="742695FB" w14:textId="77777777" w:rsidR="004661BC" w:rsidRDefault="004661BC" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="559D95CD" w14:textId="77777777" w:rsidR="004661BC" w:rsidRDefault="004661BC" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
@@ -2165,50 +2726,51 @@
         </w:rPr>
         <w:t>.  Efallai yr hoffech chi feddwl am:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C1CC6A8" w14:textId="3F8E16E0" w:rsidR="00166465" w:rsidRDefault="00123314" w:rsidP="00166465">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Ymateb i'r enw</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16A10925" w14:textId="2C3B9D6F" w:rsidR="00123314" w:rsidRDefault="00123314" w:rsidP="00166465">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Cymhelliant/diddordeb mewn rhyngweithio/chwarae gydag oedolion/plant eraill</w:t>
@@ -2531,50 +3093,51 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>PRIF RESYMAU DROS ATGYFEIRIO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5836CC69" w14:textId="503260D2" w:rsidR="00FB541B" w:rsidRPr="00FB541B" w:rsidRDefault="00FB541B" w:rsidP="00EA568B">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ar wahân i'r hyn sydd eisoes wedi'i gofnodi, rhowch wybod i ni am unrhyw wybodaeth arall, gan gynnwys </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>prif resymau'r teulu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> dros ofyn am/cydsynio i atgyfeiriad ar hyn o bryd:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31BB539F" w14:textId="77777777" w:rsidR="00480FF2" w:rsidRPr="001F35C7" w:rsidRDefault="00480FF2" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
@@ -2593,219 +3156,379 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B54933C" w14:textId="77777777" w:rsidR="00480FF2" w:rsidRPr="001F35C7" w:rsidRDefault="00480FF2" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="526E4A94" w14:textId="77777777" w:rsidR="00480FF2" w:rsidRPr="001F35C7" w:rsidRDefault="00480FF2" w:rsidP="00F5470E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="037E03DE" w14:textId="74566F2B" w:rsidR="00480FF2" w:rsidRPr="009F7418" w:rsidRDefault="00480FF2" w:rsidP="006838A0">
+    <w:p w14:paraId="037E03DE" w14:textId="08FC3814" w:rsidR="00480FF2" w:rsidRPr="009F7418" w:rsidRDefault="00480FF2" w:rsidP="006838A0">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F7418">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Diolch yn fawr iawn am gwblhau hwn.  Anfonwch y ffurflen hon atom ni nawr drwy e-bost yn </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00830F7E" w:rsidRPr="004C114F">
+        <w:r w:rsidR="001E6FCE" w:rsidRPr="00750B27">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:bidi="cy-GB"/>
           </w:rPr>
-          <w:t>CTT.NDCommunityreferrals@wales.nhs.uk</w:t>
+          <w:t>CTM.NDCommunityreferrals@wales.nhs.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00830F7E">
         <w:rPr>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>ynghyd ag unrhyw ddogfennaeth ategol arall sydd ar gael  (e.e. SOGS, WellComm, Play Plans, target setting, Enhanced Play reports)</w:t>
+        <w:t xml:space="preserve">ynghyd ag unrhyw ddogfennaeth ategol arall sydd ar gael  (e.e. SOGS, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>WellComm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Play</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Plans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>target</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>setting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Enhanced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Play</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>reports</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00480FF2" w:rsidRPr="009F7418" w:rsidSect="00414EAC">
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="145E22FE" w14:textId="77777777" w:rsidR="0033072E" w:rsidRDefault="0033072E" w:rsidP="002E0852">
+    <w:p w14:paraId="182DC641" w14:textId="77777777" w:rsidR="003738C8" w:rsidRDefault="003738C8" w:rsidP="002E0852">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6130192E" w14:textId="77777777" w:rsidR="0033072E" w:rsidRDefault="0033072E" w:rsidP="002E0852">
+    <w:p w14:paraId="4AC50860" w14:textId="77777777" w:rsidR="003738C8" w:rsidRDefault="003738C8" w:rsidP="002E0852">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="502F4E0A" w14:textId="76232764" w:rsidR="006A79D4" w:rsidRDefault="00541D02">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:bidi="cy-GB"/>
       </w:rPr>
       <w:t>Fersiwn 1:  Mai 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="727C3BBE" w14:textId="77777777" w:rsidR="002E0852" w:rsidRDefault="002E0852">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25818E6C" w14:textId="77777777" w:rsidR="0033072E" w:rsidRDefault="0033072E" w:rsidP="002E0852">
+    <w:p w14:paraId="0EF03AE9" w14:textId="77777777" w:rsidR="003738C8" w:rsidRDefault="003738C8" w:rsidP="002E0852">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="496A4829" w14:textId="77777777" w:rsidR="0033072E" w:rsidRDefault="0033072E" w:rsidP="002E0852">
+    <w:p w14:paraId="69413B6C" w14:textId="77777777" w:rsidR="003738C8" w:rsidRDefault="003738C8" w:rsidP="002E0852">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="017C0F2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="033C536E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -4392,54 +5115,55 @@
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A44599"/>
     <w:rsid w:val="0000655C"/>
     <w:rsid w:val="000105BE"/>
     <w:rsid w:val="00011703"/>
     <w:rsid w:val="00011BEE"/>
     <w:rsid w:val="0002542F"/>
     <w:rsid w:val="000309E1"/>
@@ -4450,77 +5174,79 @@
     <w:rsid w:val="000738AF"/>
     <w:rsid w:val="000747C0"/>
     <w:rsid w:val="00074990"/>
     <w:rsid w:val="00083113"/>
     <w:rsid w:val="000838F4"/>
     <w:rsid w:val="00096BB7"/>
     <w:rsid w:val="00096F3C"/>
     <w:rsid w:val="000C1B74"/>
     <w:rsid w:val="000F422E"/>
     <w:rsid w:val="000F6164"/>
     <w:rsid w:val="001005B9"/>
     <w:rsid w:val="00116D5A"/>
     <w:rsid w:val="00123314"/>
     <w:rsid w:val="00130E29"/>
     <w:rsid w:val="0014548D"/>
     <w:rsid w:val="00150D37"/>
     <w:rsid w:val="00166465"/>
     <w:rsid w:val="00191926"/>
     <w:rsid w:val="001928C9"/>
     <w:rsid w:val="001A3D67"/>
     <w:rsid w:val="001B2BEC"/>
     <w:rsid w:val="001D0CED"/>
     <w:rsid w:val="001D7CE9"/>
     <w:rsid w:val="001E01CD"/>
     <w:rsid w:val="001E4B9D"/>
+    <w:rsid w:val="001E6FCE"/>
     <w:rsid w:val="001F35C7"/>
     <w:rsid w:val="001F4609"/>
     <w:rsid w:val="002119A0"/>
     <w:rsid w:val="00211E8C"/>
     <w:rsid w:val="00213026"/>
     <w:rsid w:val="00235852"/>
     <w:rsid w:val="002467B8"/>
     <w:rsid w:val="00250C15"/>
     <w:rsid w:val="002557E7"/>
     <w:rsid w:val="00283ADB"/>
     <w:rsid w:val="00284D00"/>
     <w:rsid w:val="002B7995"/>
     <w:rsid w:val="002D3D8B"/>
     <w:rsid w:val="002D71A7"/>
     <w:rsid w:val="002E0852"/>
     <w:rsid w:val="002E7CEE"/>
     <w:rsid w:val="002F1D05"/>
     <w:rsid w:val="00315FC7"/>
     <w:rsid w:val="00326E6B"/>
     <w:rsid w:val="0033072E"/>
     <w:rsid w:val="00334EF6"/>
     <w:rsid w:val="00335134"/>
     <w:rsid w:val="00342827"/>
     <w:rsid w:val="00350DBF"/>
     <w:rsid w:val="00356BCE"/>
     <w:rsid w:val="00372A24"/>
     <w:rsid w:val="003734E1"/>
+    <w:rsid w:val="003738C8"/>
     <w:rsid w:val="00377787"/>
     <w:rsid w:val="003871F8"/>
     <w:rsid w:val="0039398C"/>
     <w:rsid w:val="00394727"/>
     <w:rsid w:val="00395B3F"/>
     <w:rsid w:val="00396C95"/>
     <w:rsid w:val="003A1F7F"/>
     <w:rsid w:val="003B5A98"/>
     <w:rsid w:val="003C3D3F"/>
     <w:rsid w:val="003D011D"/>
     <w:rsid w:val="003D0E3E"/>
     <w:rsid w:val="003D3AAB"/>
     <w:rsid w:val="003D6483"/>
     <w:rsid w:val="003D700A"/>
     <w:rsid w:val="003D71D8"/>
     <w:rsid w:val="003F02BA"/>
     <w:rsid w:val="003F4E65"/>
     <w:rsid w:val="003F67C3"/>
     <w:rsid w:val="00405FFB"/>
     <w:rsid w:val="00406D83"/>
     <w:rsid w:val="00411E37"/>
     <w:rsid w:val="00414EAC"/>
     <w:rsid w:val="00427ADC"/>
     <w:rsid w:val="004343DA"/>
     <w:rsid w:val="004455F4"/>
@@ -4712,50 +5438,51 @@
     <w:rsid w:val="00C20264"/>
     <w:rsid w:val="00C202F7"/>
     <w:rsid w:val="00C207F8"/>
     <w:rsid w:val="00C21630"/>
     <w:rsid w:val="00C3127B"/>
     <w:rsid w:val="00C329CB"/>
     <w:rsid w:val="00C374FC"/>
     <w:rsid w:val="00C414BA"/>
     <w:rsid w:val="00C453C2"/>
     <w:rsid w:val="00C46557"/>
     <w:rsid w:val="00C51F55"/>
     <w:rsid w:val="00C52A6A"/>
     <w:rsid w:val="00C53329"/>
     <w:rsid w:val="00C611DB"/>
     <w:rsid w:val="00C71D5B"/>
     <w:rsid w:val="00C72E15"/>
     <w:rsid w:val="00C94B02"/>
     <w:rsid w:val="00C96D4B"/>
     <w:rsid w:val="00CA0C1D"/>
     <w:rsid w:val="00CA169C"/>
     <w:rsid w:val="00CA1C8B"/>
     <w:rsid w:val="00CA3F7E"/>
     <w:rsid w:val="00CB1244"/>
     <w:rsid w:val="00CB37B9"/>
     <w:rsid w:val="00CD059C"/>
+    <w:rsid w:val="00CD097F"/>
     <w:rsid w:val="00CE4B11"/>
     <w:rsid w:val="00CE5AFC"/>
     <w:rsid w:val="00CF12E1"/>
     <w:rsid w:val="00D40A0E"/>
     <w:rsid w:val="00D442C6"/>
     <w:rsid w:val="00D4696F"/>
     <w:rsid w:val="00D53604"/>
     <w:rsid w:val="00D55D2E"/>
     <w:rsid w:val="00D57C8B"/>
     <w:rsid w:val="00D81D60"/>
     <w:rsid w:val="00D903E5"/>
     <w:rsid w:val="00DA5945"/>
     <w:rsid w:val="00DB020E"/>
     <w:rsid w:val="00DB697C"/>
     <w:rsid w:val="00DC0E5B"/>
     <w:rsid w:val="00DC152B"/>
     <w:rsid w:val="00DC1584"/>
     <w:rsid w:val="00DC53D1"/>
     <w:rsid w:val="00DC67BB"/>
     <w:rsid w:val="00DD47A8"/>
     <w:rsid w:val="00DD54FD"/>
     <w:rsid w:val="00DE7B47"/>
     <w:rsid w:val="00DF2C97"/>
     <w:rsid w:val="00DF5764"/>
     <w:rsid w:val="00E03194"/>
@@ -4793,51 +5520,51 @@
     <w:rsid w:val="00FB6227"/>
     <w:rsid w:val="00FC442B"/>
     <w:rsid w:val="00FC506A"/>
     <w:rsid w:val="00FC545C"/>
     <w:rsid w:val="00FD705B"/>
     <w:rsid w:val="00FD708A"/>
     <w:rsid w:val="00FE4487"/>
     <w:rsid w:val="00FF7662"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="03AE4C7D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C59350C2-E844-4CF6-B1CF-89AF316682C3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cy-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -5413,51 +6140,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1001853410">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctmuhb.nhs.wales/patient-advice/support-for-children-young-people-and-families/community-paediatrics/community-paediatric-service/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctmuhb.nhs.wales/patient-advice/support-for-children-young-people-and-families/neurodevelopmental-services/information-for-referrers/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTT.NDCommunityreferrals@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTT.NDCommunityreferrals@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTT.NDCommunityreferrals@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bipctm.gig.cymru/cyngor-i-gleifion/cymorth-i-rieni-teuluoedd-a-gofalwyr/gwasanaethau-niwroddatblygiadol/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctmuhb.nhs.wales/patient-advice/support-for-children-young-people-and-families/community-paediatrics/community-paediatric-service/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctmuhb.nhs.wales/patient-advice/support-for-children-young-people-and-families/neurodevelopmental-services/information-for-referrers/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTM.NDCommunityreferrals@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTT.NDCommunityreferrals@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTM.NDCommunityreferrals@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bipctm.gig.cymru/cyngor-i-gleifion/cymorth-i-rieni-teuluoedd-a-gofalwyr/gwasanaethau-niwroddatblygiadol/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5728,50 +6455,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AA520E3E5B2B0940A711254E77B0B606" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2c32dca7c50770372b7a1e708dac8114">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="8739be63-829e-4960-8075-92e831e2e9ef" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5a53798d2a7f1e7100dd437ad380bbba" ns3:_="">
     <xsd:import namespace="8739be63-829e-4960-8075-92e831e2e9ef"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -5909,145 +6645,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="8739be63-829e-4960-8075-92e831e2e9ef" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C75031A-9259-4226-B12E-80B5EC6023E0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85DDCC3E-54D4-420B-9D39-3FCD492D960B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8739be63-829e-4960-8075-92e831e2e9ef"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AC3D3D5-EA5C-434B-85F7-9C8693D12B31}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8739be63-829e-4960-8075-92e831e2e9ef"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F11EB1ED-100E-4F50-B15E-8E8AF14D6480}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28803767-809D-4895-9702-4925AB9715C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>8752</Characters>
+  <Pages>9</Pages>
+  <Words>1537</Words>
+  <Characters>8763</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
+  <Lines>73</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cwm Taf Morgannwg University Health Board</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10267</CharactersWithSpaces>
+  <CharactersWithSpaces>10280</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kathryn Bowen (CTM UHB - Child Health)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AA520E3E5B2B0940A711254E77B0B606</vt:lpwstr>